--- v0 (2025-10-13)
+++ v1 (2026-03-03)
@@ -77,51 +77,51 @@
   <si>
     <t>plantilla_open_id</t>
   </si>
   <si>
     <t>web</t>
   </si>
   <si>
     <t>otros_doc</t>
   </si>
   <si>
     <t>Promocion y Gestion M. del Suelo de Archena, S.L.</t>
   </si>
   <si>
     <t>Sociedad</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1646821188Anexo. Bonificaciones Fiscales.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1649162649Personal de Promoción y Gestión M.pdf</t>
   </si>
   <si>
     <t>https://www.archena.es/ayuntamiento/promocion-y-gestion-municipal-del-suelo-s-l</t>
   </si>
   <si>
-    <t>[{"nombre":"Cuentas 2020","enlace":"https:\/\/www.rendiciondecuentas.es\/es\/consultadeentidadesycuentas\/buscarCuentas\/consultarCuenta.html?dd=true&amp;idEntidadPpal=4563&amp;idEntidad=68708&amp;idTipoEntidad=P&amp;idModelo=6&amp;ejercicio=2020&amp;nifEntidad=B73037103"}]</t>
+    <t>[{"nombre":"Cuentas 2020","enlace":"https:\/\/www.rendiciondecuentas.es\/es\/consultadeentidadesycuentas\/buscarCuentas\/consultarCuenta.html?dd=true&amp;idEntidadPpal=4563&amp;idEntidad=68708&amp;idTipoEntidad=P&amp;idModelo=6&amp;ejercicio=2020&amp;nifEntidad=B73037103"},{"nombre":"Informe sobre inexistencia de pago de retribuciones a los m\u00e1ximos responsables de la entidad \u201cPromoci\u00f3n y Gesti\u00f3n Municipal de Suelo de Archena S.L.","enlace":"https:\/\/transparencia.archena.es\/storage\/uploads\/1771404343INFORME%20de%20no%20existencia%20de%20retribuciones%20de%20PROGEMUSA_signed.pdf"}]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -479,51 +479,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="110" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="114" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="94" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="296" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="693" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">