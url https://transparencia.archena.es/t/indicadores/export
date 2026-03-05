--- v0 (2025-11-29)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
     <t>gasto_habitante</t>
   </si>
   <si>
     <t>ingr_habitante</t>
   </si>
   <si>
     <t>ingr_fiscal_habitante</t>
   </si>
   <si>
@@ -65,62 +65,77 @@
   <si>
     <t>superavit_habitante</t>
   </si>
   <si>
     <t>inv_infr_habitante</t>
   </si>
   <si>
     <t>porc_ingr_urbanismo</t>
   </si>
   <si>
     <t>porc_gasto_urbanismo</t>
   </si>
   <si>
     <t>autonomia</t>
   </si>
   <si>
     <t>autonomia_fiscal</t>
   </si>
   <si>
     <t>pmc</t>
   </si>
   <si>
     <t>31-12-2024</t>
   </si>
   <si>
-    <t>876,11</t>
-[...5 lines deleted...]
-    <t>101,66</t>
+    <t xml:space="preserve">https://transparencia.archena.es/storage/uploads/1770112378Indicadores%20presupuestarios.%20Liquidaci%C3%B3n%202024.pdf , </t>
+  </si>
+  <si>
+    <t>908,96</t>
+  </si>
+  <si>
+    <t>125,80</t>
+  </si>
+  <si>
+    <t>105,47</t>
+  </si>
+  <si>
+    <t>0,68</t>
+  </si>
+  <si>
+    <t>0,36</t>
+  </si>
+  <si>
+    <t>224,53</t>
   </si>
   <si>
     <t>31-12-2023</t>
   </si>
   <si>
+    <t xml:space="preserve">https://transparencia.archena.es/storage/uploads/1770112356Indicadores%20presupuestarios.%20Liquidaci%C3%B3n%202023.pdf , </t>
+  </si>
+  <si>
     <t>915,44</t>
   </si>
   <si>
     <t>184,93</t>
   </si>
   <si>
     <t>6,20</t>
   </si>
   <si>
     <t>0,82</t>
   </si>
   <si>
     <t>0,46</t>
   </si>
   <si>
     <t>303,86</t>
   </si>
   <si>
     <t>31-12-2022</t>
   </si>
   <si>
     <t>798,07</t>
   </si>
   <si>
     <t>72,91</t>
@@ -186,53 +201,50 @@
     <t>73,49</t>
   </si>
   <si>
     <t>0,50</t>
   </si>
   <si>
     <t>2,24</t>
   </si>
   <si>
     <t>0,80</t>
   </si>
   <si>
     <t>0,49</t>
   </si>
   <si>
     <t>31-12-2019</t>
   </si>
   <si>
     <t>863,80</t>
   </si>
   <si>
     <t>96,78</t>
   </si>
   <si>
     <t>37,85</t>
-  </si>
-[...1 lines deleted...]
-    <t>0,68</t>
   </si>
   <si>
     <t>0,41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -582,51 +594,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="144" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
@@ -666,218 +678,233 @@
       </c>
       <c r="P1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>218</v>
       </c>
       <c r="B2">
         <v>2024</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
+      <c r="E2" t="s">
+        <v>17</v>
+      </c>
       <c r="F2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J2" t="s">
-        <v>19</v>
+        <v>20</v>
+      </c>
+      <c r="N2" t="s">
+        <v>21</v>
+      </c>
+      <c r="O2" t="s">
+        <v>22</v>
+      </c>
+      <c r="P2" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
         <v>131</v>
       </c>
       <c r="B3">
         <v>2023</v>
       </c>
       <c r="C3" t="s">
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="N3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="O3" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="P3" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
         <v>91</v>
       </c>
       <c r="B4">
         <v>2022</v>
       </c>
       <c r="C4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="J4" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="N4" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="O4" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="P4" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
         <v>11</v>
       </c>
       <c r="B5">
         <v>2021</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F5" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="H5" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I5" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="J5" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
         <v>3</v>
       </c>
       <c r="B6">
         <v>2020</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I6" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="J6" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="N6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
         <v>12</v>
       </c>
       <c r="B7">
         <v>2019</v>
       </c>
       <c r="C7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="J7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">