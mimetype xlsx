--- v0 (2025-10-13)
+++ v1 (2026-01-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -119,93 +119,159 @@
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
+    <t>https://transparencia.archena.es/storage/uploads/1766047329T-APROBACION%20INICIAL%20PRESUPUESTO%202026%20.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.archena.es/storage/uploads/1766047570T-MEMORIA%20DE%20LA%20ALCALDIA%20PRESUPUESTO%202026_csv_20184657802132033.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.archena.es/storage/uploads/1766047403T-BASES%20DE%20EJECUCION%20PRESUPUESTO%202026_csv_05538961848061419.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.archena.es/storage/uploads/1766047455T-INFORME%20DE%20INTERVENCION%20PRESUPUESTO%202026_csv_28850927840897433.pdf , https://transparencia.archena.es/storage/uploads/1766047537T-INFORMECUMPLIMIENTO%20ESTABILIDAD%20PRESUPUESTARIA%20PRESUPUESTO%202026_csv_6363249589379779.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.archena.es/storage/uploads/1766047624T-RESUMEN%20DE%20INGRESOS%20Y%20GASTOS%20PORCAPITULOS%20PRESUPUESTO%202026_csv_6713255763264412.pdf</t>
+  </si>
+  <si>
+    <t>19.002.734,97</t>
+  </si>
+  <si>
+    <t>8.615.193,34</t>
+  </si>
+  <si>
+    <t>7.264.882,34</t>
+  </si>
+  <si>
+    <t>289.500,24</t>
+  </si>
+  <si>
+    <t>625.984,55</t>
+  </si>
+  <si>
+    <t>185.000,00</t>
+  </si>
+  <si>
+    <t>1.706.759,37</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>80.000,00</t>
+  </si>
+  <si>
+    <t>235.415,13</t>
+  </si>
+  <si>
+    <t>19.006.366,10</t>
+  </si>
+  <si>
+    <t>5.985.009,56</t>
+  </si>
+  <si>
+    <t>218.500,00</t>
+  </si>
+  <si>
+    <t>3.785.843,51</t>
+  </si>
+  <si>
+    <t>8.035.033,35</t>
+  </si>
+  <si>
+    <t>68.300,00</t>
+  </si>
+  <si>
+    <t>833.679,68</t>
+  </si>
+  <si>
+    <t>https://transparencia.archena.es/storage/uploads/1766047364T-AVANCE%20LIQUIDACION%20PRESUPUESTO%202025_csv_7085358572192247.pdf</t>
+  </si>
+  <si>
     <t>https://transparencia.archena.es/storage/uploads/1752840276T-ANUNCIO%20APROBACION%20INICIAL%20PRESUPUESTO%202025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1758017694BORMEDICTOAPROBACIONDEFINITIVADELPRESUPUESTOGENERALYPLANTILLAORGANICADELAYUNTAMIENTOD_csv_3351157408745321.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1752840446T-MEMORIA%20ALCALDIA%20PTO%202025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1752840347T-BASES%20EJECUCION%20PTO%202025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1752840380T-INFORME%20ESTABILIDAD%20PRESUPUESTARIA%202025.pdf , https://transparencia.archena.es/storage/uploads/1752840415T-INFORME%20INTERVENCION%20PTO%202025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1744620146Presupuesto%20Prorrogado%20del%202024.pdf</t>
   </si>
   <si>
     <t>17.847.641,43</t>
   </si>
   <si>
     <t>8.455.476,69</t>
   </si>
   <si>
     <t>6.613.326,51</t>
   </si>
   <si>
     <t>286.399,88</t>
   </si>
   <si>
     <t>567.148,17</t>
   </si>
   <si>
     <t>165.000,00</t>
   </si>
   <si>
     <t>1.448.035,52</t>
   </si>
   <si>
     <t>18.335,30</t>
-  </si>
-[...1 lines deleted...]
-    <t>80.000,00</t>
   </si>
   <si>
     <t>213.919,36</t>
   </si>
   <si>
     <t>17.921.267,20</t>
   </si>
   <si>
     <t>5.395.487,86</t>
   </si>
   <si>
     <t>240.000,00</t>
   </si>
   <si>
     <t>3.961.104,41</t>
   </si>
   <si>
     <t>7.292.031,48</t>
   </si>
   <si>
     <t>61.300,00</t>
   </si>
   <si>
     <t>891.343,45</t>
   </si>
@@ -738,91 +804,91 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI6"/>
+  <dimension ref="A1:AI7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="437" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="779" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="101" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="300" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="146" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="161" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="154" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="588" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="216" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="956" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="150" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
@@ -892,436 +958,522 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>287</v>
+        <v>344</v>
       </c>
       <c r="B2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>36</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>37</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>38</v>
       </c>
-      <c r="J2" t="s">
+      <c r="L2" t="s">
         <v>39</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>40</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>41</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>42</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>43</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>44</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>45</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>46</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>47</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>48</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>49</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>50</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>51</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>52</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="Z2" t="s">
         <v>53</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AA2" t="s">
         <v>54</v>
       </c>
-      <c r="AA2" t="s">
+      <c r="AB2" t="s">
         <v>55</v>
       </c>
-      <c r="AB2" t="s">
+      <c r="AC2" t="s">
         <v>56</v>
       </c>
-      <c r="AC2" t="s">
+      <c r="AD2" t="s">
+        <v>47</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>47</v>
+      </c>
+      <c r="AG2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>151</v>
+        <v>287</v>
       </c>
       <c r="B3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C3" t="s">
         <v>58</v>
       </c>
       <c r="D3" t="s">
         <v>59</v>
       </c>
       <c r="H3" t="s">
         <v>60</v>
       </c>
       <c r="I3" t="s">
         <v>61</v>
       </c>
       <c r="J3" t="s">
         <v>62</v>
       </c>
+      <c r="L3" t="s">
+        <v>63</v>
+      </c>
       <c r="M3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="Q3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="R3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="S3" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>80.0</v>
+        <v>70</v>
+      </c>
+      <c r="T3" t="s">
+        <v>71</v>
+      </c>
+      <c r="U3" t="s">
+        <v>48</v>
       </c>
       <c r="V3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="W3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="X3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="Y3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Z3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AA3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="AB3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AC3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="AE3" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>151</v>
+      </c>
+      <c r="B4">
+        <v>2024</v>
+      </c>
+      <c r="C4" t="s">
+        <v>80</v>
       </c>
       <c r="D4" t="s">
-        <v>80</v>
+        <v>81</v>
+      </c>
+      <c r="H4" t="s">
+        <v>82</v>
+      </c>
+      <c r="I4" t="s">
+        <v>83</v>
+      </c>
+      <c r="J4" t="s">
+        <v>84</v>
       </c>
       <c r="M4" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="N4" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="O4" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="P4" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="Q4" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="R4" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="S4" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="T4">
         <v>10.0</v>
       </c>
       <c r="U4">
         <v>80.0</v>
       </c>
       <c r="V4" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="W4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="X4" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="Y4" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="Z4" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="AA4" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="AB4" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>80.0</v>
+        <v>98</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD4">
+        <v>0</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF4">
+        <v>0</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>95</v>
+        <v>116</v>
+      </c>
+      <c r="B5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D5" t="s">
+        <v>102</v>
       </c>
       <c r="M5" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="N5" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="O5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="P5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="Q5" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>145.0</v>
+        <v>107</v>
+      </c>
+      <c r="R5" t="s">
+        <v>108</v>
       </c>
       <c r="S5" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="T5">
         <v>10.0</v>
       </c>
       <c r="U5">
         <v>80.0</v>
       </c>
       <c r="V5" t="s">
-        <v>88</v>
+        <v>110</v>
       </c>
       <c r="W5" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="X5" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>25.0</v>
+        <v>112</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>113</v>
       </c>
       <c r="Z5" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="AA5" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>22.1</v>
+        <v>115</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>116</v>
       </c>
       <c r="AC5">
         <v>750.0</v>
       </c>
       <c r="AE5">
         <v>80.0</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="B6">
-        <v>2021</v>
-[...23 lines deleted...]
-        <v>112</v>
+        <v>2022</v>
       </c>
       <c r="L6" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="M6" t="s">
-        <v>96</v>
+        <v>118</v>
       </c>
       <c r="N6" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="O6" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="P6" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>121</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>122</v>
       </c>
       <c r="R6">
-        <v>0</v>
+        <v>145.0</v>
       </c>
       <c r="S6" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="T6">
         <v>10.0</v>
       </c>
       <c r="U6">
         <v>80.0</v>
       </c>
       <c r="V6" t="s">
-        <v>88</v>
+        <v>110</v>
       </c>
       <c r="W6" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="X6" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="Y6">
         <v>25.0</v>
       </c>
       <c r="Z6" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="AA6" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="AB6">
         <v>22.1</v>
       </c>
       <c r="AC6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AD6">
         <v>750.0</v>
       </c>
       <c r="AE6">
         <v>80.0</v>
       </c>
-      <c r="AF6">
+    </row>
+    <row r="7" spans="1:35">
+      <c r="A7" s="2">
+        <v>1</v>
+      </c>
+      <c r="B7">
+        <v>2021</v>
+      </c>
+      <c r="C7" t="s">
+        <v>127</v>
+      </c>
+      <c r="D7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F7" t="s">
+        <v>129</v>
+      </c>
+      <c r="G7" t="s">
+        <v>130</v>
+      </c>
+      <c r="H7" t="s">
+        <v>131</v>
+      </c>
+      <c r="I7" t="s">
+        <v>132</v>
+      </c>
+      <c r="J7" t="s">
+        <v>133</v>
+      </c>
+      <c r="K7" t="s">
+        <v>134</v>
+      </c>
+      <c r="L7" t="s">
+        <v>135</v>
+      </c>
+      <c r="M7" t="s">
+        <v>118</v>
+      </c>
+      <c r="N7" t="s">
+        <v>119</v>
+      </c>
+      <c r="O7" t="s">
+        <v>120</v>
+      </c>
+      <c r="P7" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q7">
+        <v>0</v>
+      </c>
+      <c r="R7">
+        <v>0</v>
+      </c>
+      <c r="S7" t="s">
+        <v>123</v>
+      </c>
+      <c r="T7">
+        <v>10.0</v>
+      </c>
+      <c r="U7">
+        <v>80.0</v>
+      </c>
+      <c r="V7" t="s">
+        <v>110</v>
+      </c>
+      <c r="W7" t="s">
+        <v>136</v>
+      </c>
+      <c r="X7" t="s">
+        <v>124</v>
+      </c>
+      <c r="Y7">
+        <v>25.0</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>126</v>
+      </c>
+      <c r="AB7">
+        <v>22.1</v>
+      </c>
+      <c r="AC7">
+        <v>0</v>
+      </c>
+      <c r="AD7">
+        <v>750.0</v>
+      </c>
+      <c r="AE7">
+        <v>80.0</v>
+      </c>
+      <c r="AF7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>