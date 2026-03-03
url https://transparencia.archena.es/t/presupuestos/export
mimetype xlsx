--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -122,60 +122,63 @@
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1766047329T-APROBACION%20INICIAL%20PRESUPUESTO%202026%20.pdf</t>
   </si>
   <si>
+    <t>https://transparencia.archena.es/storage/uploads/1771408570BORM%20APROB%20DEFINITIVA%20PTO%202026.pdf</t>
+  </si>
+  <si>
     <t>https://transparencia.archena.es/storage/uploads/1766047570T-MEMORIA%20DE%20LA%20ALCALDIA%20PRESUPUESTO%202026_csv_20184657802132033.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1766047403T-BASES%20DE%20EJECUCION%20PRESUPUESTO%202026_csv_05538961848061419.pdf</t>
   </si>
   <si>
-    <t>https://transparencia.archena.es/storage/uploads/1766047455T-INFORME%20DE%20INTERVENCION%20PRESUPUESTO%202026_csv_28850927840897433.pdf , https://transparencia.archena.es/storage/uploads/1766047537T-INFORMECUMPLIMIENTO%20ESTABILIDAD%20PRESUPUESTARIA%20PRESUPUESTO%202026_csv_6363249589379779.pdf</t>
-[...2 lines deleted...]
-    <t>https://transparencia.archena.es/storage/uploads/1766047624T-RESUMEN%20DE%20INGRESOS%20Y%20GASTOS%20PORCAPITULOS%20PRESUPUESTO%202026_csv_6713255763264412.pdf</t>
+    <t>https://transparencia.archena.es/storage/uploads/1766047455T-INFORME%20DE%20INTERVENCION%20PRESUPUESTO%202026_csv_28850927840897433.pdf , https://transparencia.archena.es/storage/uploads/1766047537T-INFORMECUMPLIMIENTO%20ESTABILIDAD%20PRESUPUESTARIA%20PRESUPUESTO%202026_csv_6363249589379779.pdf , https://transparencia.archena.es/t/informes-ejecucion</t>
+  </si>
+  <si>
+    <t>https://transparencia.archena.es/storage/uploads/1766047624T-RESUMEN%20DE%20INGRESOS%20Y%20GASTOS%20PORCAPITULOS%20PRESUPUESTO%202026_csv_6713255763264412.pdf , https://transparencia.archena.es/t/cuentasanuales</t>
   </si>
   <si>
     <t>19.002.734,97</t>
   </si>
   <si>
     <t>8.615.193,34</t>
   </si>
   <si>
     <t>7.264.882,34</t>
   </si>
   <si>
     <t>289.500,24</t>
   </si>
   <si>
     <t>625.984,55</t>
   </si>
   <si>
     <t>185.000,00</t>
   </si>
   <si>
     <t>1.706.759,37</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
@@ -200,54 +203,54 @@
   <si>
     <t>8.035.033,35</t>
   </si>
   <si>
     <t>68.300,00</t>
   </si>
   <si>
     <t>833.679,68</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1766047364T-AVANCE%20LIQUIDACION%20PRESUPUESTO%202025_csv_7085358572192247.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1752840276T-ANUNCIO%20APROBACION%20INICIAL%20PRESUPUESTO%202025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1758017694BORMEDICTOAPROBACIONDEFINITIVADELPRESUPUESTOGENERALYPLANTILLAORGANICADELAYUNTAMIENTOD_csv_3351157408745321.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1752840446T-MEMORIA%20ALCALDIA%20PTO%202025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1752840347T-BASES%20EJECUCION%20PTO%202025.pdf</t>
   </si>
   <si>
-    <t>https://transparencia.archena.es/storage/uploads/1752840380T-INFORME%20ESTABILIDAD%20PRESUPUESTARIA%202025.pdf , https://transparencia.archena.es/storage/uploads/1752840415T-INFORME%20INTERVENCION%20PTO%202025.pdf</t>
-[...2 lines deleted...]
-    <t>https://transparencia.archena.es/storage/uploads/1744620146Presupuesto%20Prorrogado%20del%202024.pdf</t>
+    <t>https://transparencia.archena.es/storage/uploads/1752840380T-INFORME%20ESTABILIDAD%20PRESUPUESTARIA%202025.pdf , https://transparencia.archena.es/storage/uploads/1752840415T-INFORME%20INTERVENCION%20PTO%202025.pdf , https://transparencia.archena.es/t/informes-ejecucion</t>
+  </si>
+  <si>
+    <t>https://transparencia.archena.es/storage/uploads/1744620146Presupuesto%20Prorrogado%20del%202024.pdf , https://transparencia.archena.es/t/cuentasanuales</t>
   </si>
   <si>
     <t>17.847.641,43</t>
   </si>
   <si>
     <t>8.455.476,69</t>
   </si>
   <si>
     <t>6.613.326,51</t>
   </si>
   <si>
     <t>286.399,88</t>
   </si>
   <si>
     <t>567.148,17</t>
   </si>
   <si>
     <t>165.000,00</t>
   </si>
   <si>
     <t>1.448.035,52</t>
   </si>
   <si>
     <t>18.335,30</t>
   </si>
@@ -266,99 +269,102 @@
   <si>
     <t>3.961.104,41</t>
   </si>
   <si>
     <t>7.292.031,48</t>
   </si>
   <si>
     <t>61.300,00</t>
   </si>
   <si>
     <t>891.343,45</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1706705595RESOLUCI%C3%93N%20PRORROGA%20DEL%20PRESUPUESTO.pdf , https://transparencia.archena.es/storage/uploads/1713342082Anuncio_Aprob_Inicial_%20Presup.%202024.%20Sede%20Electronica..pdf , https://transparencia.archena.es/storage/uploads/1713342114Publicaci%C3%B3n.%20Aprobaci%C3%B3n%20inicial.%20Presupuesto%202024.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1716276675Anuncio_Aprobacion_Definitiva._Pto_2024_05560_51344_18.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1716284869Presupuesto_2024._Memoria_Alcaldia._72729_51344_8%20Doc.%202.pdf</t>
   </si>
   <si>
     <t>https://transparencia.archena.es/storage/uploads/1716284907Presupuesto%202024.%20Bases%20de%20Ejecuci%C3%B3n.pdf</t>
   </si>
   <si>
-    <t>https://transparencia.archena.es/storage/uploads/1716284969Presupuesto_2024._Informe_Cumplimiento_Estabilidad_Presupuestaria_51493_51344_3%20Doc.%204%20(1).pdf , https://transparencia.archena.es/storage/uploads/1716285005Presupuesto_2024._Informe_de_Intervencion_60230_51344_5%20Doc.%206.pdf</t>
+    <t>https://transparencia.archena.es/storage/uploads/1716284969Presupuesto_2024._Informe_Cumplimiento_Estabilidad_Presupuestaria_51493_51344_3%20Doc.%204%20(1).pdf , https://transparencia.archena.es/storage/uploads/1716285005Presupuesto_2024._Informe_de_Intervencion_60230_51344_5%20Doc.%206.pdf , https://transparencia.archena.es/t/informes-ejecucion</t>
+  </si>
+  <si>
+    <t>https://transparencia.archena.es/t/cuentasanuales</t>
   </si>
   <si>
     <t>16.220.730,16</t>
   </si>
   <si>
     <t>8.083.472,99</t>
   </si>
   <si>
     <t>5.544.619,20</t>
   </si>
   <si>
     <t>198.579,00</t>
   </si>
   <si>
     <t>593.058,91</t>
   </si>
   <si>
     <t>160.000,00</t>
   </si>
   <si>
     <t>1.367.448,41</t>
   </si>
   <si>
     <t>193.551,65</t>
   </si>
   <si>
     <t>16.223.860,09</t>
   </si>
   <si>
     <t>5.304.475,96</t>
   </si>
   <si>
     <t>133.842,73</t>
   </si>
   <si>
     <t>3.865.382,01</t>
   </si>
   <si>
     <t>6.588.359,39</t>
   </si>
   <si>
     <t>61.800,00</t>
   </si>
   <si>
     <t>190.000,00</t>
   </si>
   <si>
-    <t>https://transparencia.archena.es/storage/uploads/1716285054Presupuesto%20General%20Consolidado.%20Doc.%2018.pdf</t>
+    <t>https://transparencia.archena.es/storage/uploads/1716285054Presupuesto%20General%20Consolidado.%20Doc.%2018.pdf , https://transparencia.archena.es/storage/uploads/1770112713Resoluci%C3%B3n%20Liquidaci%C3%B3n%20Presupuesto%202024.pdf</t>
   </si>
   <si>
     <t>2023 (prorrogado)</t>
   </si>
   <si>
     <t>Presupuesto prorrogadohttps://transparencia.archena.es/storage/uploads/1678183682Pto.%20prorrogado..pdf , https://transparencia.archena.es/storage/uploads/1706705393RESUMEN%20CLASIFICACI%C3%93N%20ECON%C3%93MICA%20PRIMER%20TRIMESTRE%202023.pdf , https://transparencia.archena.es/storage/uploads/1706705437RESUMEN%20CLASIFICACI%C3%93N%20ECON%C3%93MICA%20SEGUNDO%20TRIMESTRE%202023.pdf , https://transparencia.archena.es/storage/uploads/1706705475RESUMEN%20CLASIFICACI%C3%93N%20ECON%C3%93MICA%20TERCER%20TRIMESTRE%202023.pdf , https://transparencia.archena.es/storage/uploads/1706705519RESUMEN%20CLASIFICACI%C3%93N%20ECON%C3%93MICA%204%20TRIMESTE%202023%20(1).pdf</t>
   </si>
   <si>
     <t>14.353.392,68</t>
   </si>
   <si>
     <t>7.399.293,04</t>
   </si>
   <si>
     <t>4.417.807,66</t>
   </si>
   <si>
     <t>201.818,51</t>
   </si>
   <si>
     <t>574.585,97</t>
   </si>
   <si>
     <t>145.000,00</t>
   </si>
@@ -844,51 +850,51 @@
     <col min="8" max="8" width="161" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="154" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="588" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="216" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="956" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="274" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
@@ -966,500 +972,509 @@
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
         <v>344</v>
       </c>
       <c r="B2">
         <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Q2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="R2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="S2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="T2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="U2" t="s">
+        <v>49</v>
+      </c>
+      <c r="V2" t="s">
+        <v>50</v>
+      </c>
+      <c r="W2" t="s">
+        <v>51</v>
+      </c>
+      <c r="X2" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>56</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>57</v>
+      </c>
+      <c r="AD2" t="s">
         <v>48</v>
       </c>
-      <c r="V2" t="s">
+      <c r="AE2" t="s">
         <v>49</v>
       </c>
-      <c r="W2" t="s">
-[...23 lines deleted...]
-      <c r="AE2" t="s">
+      <c r="AF2" t="s">
         <v>48</v>
       </c>
-      <c r="AF2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
         <v>287</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Q3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="R3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="S3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="T3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="V3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="W3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="X3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Y3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Z3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AB3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AC3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AE3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
         <v>151</v>
       </c>
       <c r="B4">
         <v>2024</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J4" t="s">
-        <v>84</v>
+        <v>85</v>
+      </c>
+      <c r="L4" t="s">
+        <v>86</v>
       </c>
       <c r="M4" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="N4" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="O4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="P4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="Q4" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="R4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="S4" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="T4">
         <v>10.0</v>
       </c>
       <c r="U4">
         <v>80.0</v>
       </c>
       <c r="V4" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="W4" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="X4" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Y4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Z4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AA4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AB4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AC4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AD4">
         <v>0</v>
       </c>
       <c r="AE4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AF4">
         <v>0</v>
       </c>
       <c r="AG4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
         <v>116</v>
       </c>
       <c r="B5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D5" t="s">
-        <v>102</v>
+        <v>104</v>
+      </c>
+      <c r="L5" t="s">
+        <v>86</v>
       </c>
       <c r="M5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="P5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="Q5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="R5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="S5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="T5">
         <v>10.0</v>
       </c>
       <c r="U5">
         <v>80.0</v>
       </c>
       <c r="V5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="W5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="X5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="Y5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="Z5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AA5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AB5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AC5">
         <v>750.0</v>
       </c>
       <c r="AE5">
         <v>80.0</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
         <v>54</v>
       </c>
       <c r="B6">
         <v>2022</v>
       </c>
       <c r="L6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="O6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="P6" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="Q6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="R6">
         <v>145.0</v>
       </c>
       <c r="S6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="T6">
         <v>10.0</v>
       </c>
       <c r="U6">
         <v>80.0</v>
       </c>
       <c r="V6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="W6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="X6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="Y6">
         <v>25.0</v>
       </c>
       <c r="Z6" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AA6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AB6">
         <v>22.1</v>
       </c>
       <c r="AC6">
         <v>750.0</v>
       </c>
       <c r="AE6">
         <v>80.0</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
         <v>1</v>
       </c>
       <c r="B7">
         <v>2021</v>
       </c>
       <c r="C7" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D7" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F7" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G7" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H7" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I7" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="J7" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="K7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="L7" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M7" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N7" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="O7" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="P7" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="Q7">
         <v>0</v>
       </c>
       <c r="R7">
         <v>0</v>
       </c>
       <c r="S7" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="T7">
         <v>10.0</v>
       </c>
       <c r="U7">
         <v>80.0</v>
       </c>
       <c r="V7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="W7" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="X7" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="Y7">
         <v>25.0</v>
       </c>
       <c r="Z7" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AA7" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AB7">
         <v>22.1</v>
       </c>
       <c r="AC7">
         <v>0</v>
       </c>
       <c r="AD7">
         <v>750.0</v>
       </c>
       <c r="AE7">
         <v>80.0</v>
       </c>
       <c r="AF7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>